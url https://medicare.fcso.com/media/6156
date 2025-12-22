--- v0 (2025-11-10)
+++ v1 (2025-12-22)
@@ -1,95 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Citrixnas.fcso.net\Citrix$\FSLogix\FolderRedirects\D8U1\Desktop\MONDAY\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\CORPDATA01\MEDICAL AFFAIRS\Donna and Jackie\RELEASE FILES_DO NOT DELETE\12 11 2025 JN PRICING\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4BE626B6-5FF6-4BD1-A316-0BC78F8DD3EB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{28924286-0A42-421A-A898-0DD4B78BBCF4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{B82B8D93-1781-402B-BD41-AF0D1BC72265}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{B82B8D93-1781-402B-BD41-AF0D1BC72265}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="83">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
-    <t>Effective "from" date of service</t>
-[...4 lines deleted...]
-  <si>
     <t>P9010</t>
   </si>
   <si>
     <t>Blood (whole), for transfusion, per unit</t>
   </si>
   <si>
     <t>Present</t>
   </si>
   <si>
     <t>P9011</t>
   </si>
   <si>
     <t>Blood, split unit</t>
   </si>
   <si>
     <t>P9012</t>
   </si>
   <si>
     <t>Cryoprecipitate, each unit</t>
   </si>
   <si>
     <t>P9016</t>
   </si>
   <si>
     <t>Red blood cells, leukocytes reduced, each unit</t>
@@ -275,50 +269,62 @@
     <t>Fresh frozen plasma between 8-24 hours of collection, each unit</t>
   </si>
   <si>
     <t>P9060</t>
   </si>
   <si>
     <t>Fresh frozen plasma, donor retested, each unit</t>
   </si>
   <si>
     <t>P9070</t>
   </si>
   <si>
     <t>Plasma, pooled multiple donor, pathogen reduced, frozen, each unit</t>
   </si>
   <si>
     <t>P9071</t>
   </si>
   <si>
     <t>Plasma (single donor), pathogen reduced, frozen, each unit</t>
   </si>
   <si>
     <t>P9073</t>
   </si>
   <si>
     <t>Platelets, pheresis, pathogen-reduced, each unit</t>
+  </si>
+  <si>
+    <t>P9050</t>
+  </si>
+  <si>
+    <t>Granulocytes, pheresis, each unit</t>
+  </si>
+  <si>
+    <t>Effective through date of service</t>
+  </si>
+  <si>
+    <t>Effective from date of service</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -715,609 +721,621 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{791DDCEA-407B-4DCC-BF16-19F5F3B3E85A}">
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D40"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="27.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="2"/>
     <col min="2" max="2" width="53.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="24.140625" style="6" customWidth="1"/>
     <col min="4" max="4" width="37.5703125" style="6" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>2</v>
+        <v>82</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>3</v>
+        <v>81</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B2" s="3" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C2" s="5">
         <v>45658</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="3" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C3" s="5">
         <v>45658</v>
       </c>
       <c r="D3" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C4" s="5">
         <v>45658</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C5" s="5">
         <v>45658</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C6" s="5">
         <v>45658</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5">
         <v>45658</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="3" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C8" s="5">
         <v>45658</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="3" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C9" s="5">
         <v>45658</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C10" s="5">
         <v>45658</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C11" s="5">
         <v>45658</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="3" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C12" s="5">
         <v>45658</v>
       </c>
-      <c r="D12" s="4" t="s">
-        <v>6</v>
+      <c r="D12" s="5">
+        <v>46022</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="3" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C13" s="5">
         <v>45658</v>
       </c>
-      <c r="D13" s="4" t="s">
-        <v>6</v>
+      <c r="D13" s="5">
+        <v>46022</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="3" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C14" s="5">
         <v>45658</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C15" s="5">
         <v>45658</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C16" s="5">
         <v>45658</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C17" s="5">
         <v>45658</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C18" s="5">
         <v>45658</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C19" s="5">
         <v>45658</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C20" s="5">
         <v>45658</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C21" s="5">
         <v>45658</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C22" s="5">
         <v>45658</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C23" s="5">
         <v>45658</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C24" s="5">
         <v>45658</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C25" s="5">
         <v>45658</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C26" s="5">
         <v>45658</v>
       </c>
-      <c r="D26" s="4" t="s">
-        <v>6</v>
+      <c r="D26" s="5">
+        <v>46022</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="3" t="s">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="C27" s="5">
-        <v>45658</v>
+        <v>46023</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C28" s="5">
         <v>45658</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C29" s="5">
         <v>45658</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="3" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="C30" s="5">
         <v>45658</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="3" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C31" s="5">
         <v>45658</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C32" s="5">
         <v>45658</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="3" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C33" s="5">
         <v>45658</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="3" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C34" s="5">
         <v>45658</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C35" s="5">
         <v>45658</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="3" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C36" s="5">
         <v>45658</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="3" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C37" s="5">
         <v>45658</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="3" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C38" s="5">
         <v>45658</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="3" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C39" s="5">
         <v>45658</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>6</v>
+        <v>4</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C40" s="5">
+        <v>45658</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>