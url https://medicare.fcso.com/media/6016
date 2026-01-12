--- v0 (2025-11-10)
+++ v1 (2026-01-12)
@@ -6,83 +6,83 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\CORPDATA01\MEDICAL AFFAIRS\Donna and Jackie\RELEASE FILES\10 6 2025 JN Pricing\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\CORPDATA01\MEDICAL AFFAIRS\Donna and Jackie\RELEASE FILES_DO NOT DELETE\12 31 2025 JN Avoid rej claims\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D5727A84-5100-4432-A5AD-FBE8C7DA980F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{49FC798C-B618-4668-8372-DFC66DF18EB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{DAB51784-CCDC-4EF3-9FB3-168789653524}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{DAB51784-CCDC-4EF3-9FB3-168789653524}"/>
   </bookViews>
   <sheets>
     <sheet name="ASC devices" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ASC devices'!$A$1:$GH$22</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ASC devices'!$A$1:$GH$24</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="66">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>C1052</t>
   </si>
   <si>
     <t>C1062</t>
   </si>
   <si>
     <t>C1747</t>
   </si>
   <si>
     <t>C1825</t>
   </si>
   <si>
     <t xml:space="preserve"> Generator, neurostimulator (implantable), nonrechargeable with carotid sinus baroreceptor stimulation lead(s)</t>
   </si>
   <si>
     <t>C1826</t>
   </si>
   <si>
@@ -218,50 +218,68 @@
     <t>Nerve cryoablation probe (e.g., cryoICE, cryoSPHERE, cryoSPHERE MAX, cryo2), including probe and all disposable system components, nonopioid medical device (must be a qualifying Medicare nonopioid medical device for postsurgical pain relief in accordance with Section 4135 of the CAA, 2023)</t>
   </si>
   <si>
     <t>C9809</t>
   </si>
   <si>
     <t>Cryoablation needle (e.g., iovera system), including needle/tip and all disposable system components, nonopioid medical device (must be a qualifying Medicare nonopioid medical device for postsurgical pain relief in accordance with Section 4135 of the CAA, 2023)</t>
   </si>
   <si>
     <t>C1739</t>
   </si>
   <si>
     <t>Tissue marker, probe detectable any method (implantable), with delivery system</t>
   </si>
   <si>
     <t>C1741</t>
   </si>
   <si>
     <t>Anchor/screw for bone fixation, absorbable (implantable)</t>
   </si>
   <si>
     <t>C1742</t>
   </si>
   <si>
     <t>Pressure monitoring system, compartmental intramuscular (implantable), continuous, including all components (e.g., introducer, sensor), excludes mobile (wireless) software application</t>
+  </si>
+  <si>
+    <t>C1607</t>
+  </si>
+  <si>
+    <t>Neurostimulator, integrated (implantable), rechargeable with all implantable and external components including charging system</t>
+  </si>
+  <si>
+    <t>C1608</t>
+  </si>
+  <si>
+    <t>Prosthesis, total, dual mobility, first carpometacarpal joint (implantable)</t>
+  </si>
+  <si>
+    <t>C9810</t>
+  </si>
+  <si>
+    <t>Water circulating motorized cold therapy device (e.g., iceman) including all system components (e.g. pads, console, disposable parts), non-opioid medical device (must be a qualifying medicare non-opioid medical device for post-surgical pain relief in accordance with section 4135 of the caa, 2023)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -298,51 +316,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -359,50 +377,59 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -682,53 +709,55 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{421DC909-81AC-4EC6-B3DB-5D6AEEE6042A}">
-  <dimension ref="A1:GH31"/>
+  <dimension ref="A1:GH33"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F4" sqref="F4"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10" style="16" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="46" style="22" customWidth="1"/>
     <col min="3" max="3" width="18.42578125" style="22" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17.28515625" style="8" customWidth="1"/>
     <col min="5" max="190" width="9.140625" style="9"/>
     <col min="191" max="16384" width="9.140625" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:190" s="4" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E1" s="3"/>
@@ -1506,51 +1535,51 @@
       <c r="FU4" s="9"/>
       <c r="FV4" s="9"/>
       <c r="FW4" s="9"/>
       <c r="FX4" s="9"/>
       <c r="FY4" s="9"/>
       <c r="FZ4" s="9"/>
       <c r="GA4" s="9"/>
       <c r="GB4" s="9"/>
       <c r="GC4" s="9"/>
       <c r="GD4" s="9"/>
       <c r="GE4" s="9"/>
       <c r="GF4" s="9"/>
       <c r="GG4" s="9"/>
       <c r="GH4" s="9"/>
     </row>
     <row r="5" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="7">
         <v>45658</v>
       </c>
-      <c r="D5" s="8" t="s">
+      <c r="D5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
       <c r="V5" s="9"/>
       <c r="W5" s="9"/>
       <c r="X5" s="9"/>
       <c r="Y5" s="9"/>
       <c r="Z5" s="9"/>
       <c r="AA5" s="9"/>
@@ -1706,51 +1735,51 @@
       <c r="FU5" s="9"/>
       <c r="FV5" s="9"/>
       <c r="FW5" s="9"/>
       <c r="FX5" s="9"/>
       <c r="FY5" s="9"/>
       <c r="FZ5" s="9"/>
       <c r="GA5" s="9"/>
       <c r="GB5" s="9"/>
       <c r="GC5" s="9"/>
       <c r="GD5" s="9"/>
       <c r="GE5" s="9"/>
       <c r="GF5" s="9"/>
       <c r="GG5" s="9"/>
       <c r="GH5" s="9"/>
     </row>
     <row r="6" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C6" s="7">
         <v>45658</v>
       </c>
-      <c r="D6" s="8" t="s">
+      <c r="D6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="E6" s="9"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
       <c r="N6" s="9"/>
       <c r="O6" s="9"/>
       <c r="P6" s="9"/>
       <c r="Q6" s="9"/>
       <c r="R6" s="9"/>
       <c r="S6" s="9"/>
       <c r="T6" s="9"/>
       <c r="U6" s="9"/>
       <c r="V6" s="9"/>
       <c r="W6" s="9"/>
       <c r="X6" s="9"/>
       <c r="Y6" s="9"/>
       <c r="Z6" s="9"/>
       <c r="AA6" s="9"/>
@@ -1906,51 +1935,51 @@
       <c r="FU6" s="9"/>
       <c r="FV6" s="9"/>
       <c r="FW6" s="9"/>
       <c r="FX6" s="9"/>
       <c r="FY6" s="9"/>
       <c r="FZ6" s="9"/>
       <c r="GA6" s="9"/>
       <c r="GB6" s="9"/>
       <c r="GC6" s="9"/>
       <c r="GD6" s="9"/>
       <c r="GE6" s="9"/>
       <c r="GF6" s="9"/>
       <c r="GG6" s="9"/>
       <c r="GH6" s="9"/>
     </row>
     <row r="7" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="7">
         <v>45658</v>
       </c>
-      <c r="D7" s="8" t="s">
+      <c r="D7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="G7" s="9"/>
       <c r="H7" s="9"/>
       <c r="I7" s="9"/>
       <c r="J7" s="9"/>
       <c r="K7" s="9"/>
       <c r="L7" s="9"/>
       <c r="M7" s="9"/>
       <c r="N7" s="9"/>
       <c r="O7" s="9"/>
       <c r="P7" s="9"/>
       <c r="Q7" s="9"/>
       <c r="R7" s="9"/>
       <c r="S7" s="9"/>
       <c r="T7" s="9"/>
       <c r="U7" s="9"/>
       <c r="V7" s="9"/>
       <c r="W7" s="9"/>
       <c r="X7" s="9"/>
       <c r="Y7" s="9"/>
       <c r="Z7" s="9"/>
       <c r="AA7" s="9"/>
@@ -2106,51 +2135,51 @@
       <c r="FU7" s="9"/>
       <c r="FV7" s="9"/>
       <c r="FW7" s="9"/>
       <c r="FX7" s="9"/>
       <c r="FY7" s="9"/>
       <c r="FZ7" s="9"/>
       <c r="GA7" s="9"/>
       <c r="GB7" s="9"/>
       <c r="GC7" s="9"/>
       <c r="GD7" s="9"/>
       <c r="GE7" s="9"/>
       <c r="GF7" s="9"/>
       <c r="GG7" s="9"/>
       <c r="GH7" s="9"/>
     </row>
     <row r="8" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A8" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="7">
         <v>45658</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="D8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
       <c r="M8" s="9"/>
       <c r="N8" s="9"/>
       <c r="O8" s="9"/>
       <c r="P8" s="9"/>
       <c r="Q8" s="9"/>
       <c r="R8" s="9"/>
       <c r="S8" s="9"/>
       <c r="T8" s="9"/>
       <c r="U8" s="9"/>
       <c r="V8" s="9"/>
       <c r="W8" s="9"/>
       <c r="X8" s="9"/>
       <c r="Y8" s="9"/>
       <c r="Z8" s="9"/>
       <c r="AA8" s="9"/>
@@ -2296,61 +2325,61 @@
       <c r="FK8" s="9"/>
       <c r="FL8" s="9"/>
       <c r="FM8" s="9"/>
       <c r="FN8" s="9"/>
       <c r="FO8" s="9"/>
       <c r="FP8" s="9"/>
       <c r="FQ8" s="9"/>
       <c r="FR8" s="9"/>
       <c r="FS8" s="9"/>
       <c r="FT8" s="9"/>
       <c r="FU8" s="9"/>
       <c r="FV8" s="9"/>
       <c r="FW8" s="9"/>
       <c r="FX8" s="9"/>
       <c r="FY8" s="9"/>
       <c r="FZ8" s="9"/>
       <c r="GA8" s="9"/>
       <c r="GB8" s="9"/>
       <c r="GC8" s="9"/>
       <c r="GD8" s="9"/>
       <c r="GE8" s="9"/>
       <c r="GF8" s="9"/>
       <c r="GG8" s="9"/>
       <c r="GH8" s="9"/>
     </row>
-    <row r="9" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:190" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="C9" s="7">
-        <v>45658</v>
-[...1 lines deleted...]
-      <c r="D9" s="8" t="s">
+        <v>46023</v>
+      </c>
+      <c r="D9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
       <c r="M9" s="9"/>
       <c r="N9" s="9"/>
       <c r="O9" s="9"/>
       <c r="P9" s="9"/>
       <c r="Q9" s="9"/>
       <c r="R9" s="9"/>
       <c r="S9" s="9"/>
       <c r="T9" s="9"/>
       <c r="U9" s="9"/>
       <c r="V9" s="9"/>
       <c r="W9" s="9"/>
       <c r="X9" s="9"/>
       <c r="Y9" s="9"/>
       <c r="Z9" s="9"/>
       <c r="AA9" s="9"/>
@@ -2496,61 +2525,61 @@
       <c r="FK9" s="9"/>
       <c r="FL9" s="9"/>
       <c r="FM9" s="9"/>
       <c r="FN9" s="9"/>
       <c r="FO9" s="9"/>
       <c r="FP9" s="9"/>
       <c r="FQ9" s="9"/>
       <c r="FR9" s="9"/>
       <c r="FS9" s="9"/>
       <c r="FT9" s="9"/>
       <c r="FU9" s="9"/>
       <c r="FV9" s="9"/>
       <c r="FW9" s="9"/>
       <c r="FX9" s="9"/>
       <c r="FY9" s="9"/>
       <c r="FZ9" s="9"/>
       <c r="GA9" s="9"/>
       <c r="GB9" s="9"/>
       <c r="GC9" s="9"/>
       <c r="GD9" s="9"/>
       <c r="GE9" s="9"/>
       <c r="GF9" s="9"/>
       <c r="GG9" s="9"/>
       <c r="GH9" s="9"/>
     </row>
-    <row r="10" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:190" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.2">
       <c r="A10" s="5" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="C10" s="7">
-        <v>45658</v>
-[...1 lines deleted...]
-      <c r="D10" s="8" t="s">
+        <v>46023</v>
+      </c>
+      <c r="D10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="9"/>
       <c r="F10" s="9"/>
       <c r="G10" s="9"/>
       <c r="H10" s="9"/>
       <c r="I10" s="9"/>
       <c r="J10" s="9"/>
       <c r="K10" s="9"/>
       <c r="L10" s="9"/>
       <c r="M10" s="9"/>
       <c r="N10" s="9"/>
       <c r="O10" s="9"/>
       <c r="P10" s="9"/>
       <c r="Q10" s="9"/>
       <c r="R10" s="9"/>
       <c r="S10" s="9"/>
       <c r="T10" s="9"/>
       <c r="U10" s="9"/>
       <c r="V10" s="9"/>
       <c r="W10" s="9"/>
       <c r="X10" s="9"/>
       <c r="Y10" s="9"/>
       <c r="Z10" s="9"/>
       <c r="AA10" s="9"/>
@@ -2698,59 +2727,59 @@
       <c r="FM10" s="9"/>
       <c r="FN10" s="9"/>
       <c r="FO10" s="9"/>
       <c r="FP10" s="9"/>
       <c r="FQ10" s="9"/>
       <c r="FR10" s="9"/>
       <c r="FS10" s="9"/>
       <c r="FT10" s="9"/>
       <c r="FU10" s="9"/>
       <c r="FV10" s="9"/>
       <c r="FW10" s="9"/>
       <c r="FX10" s="9"/>
       <c r="FY10" s="9"/>
       <c r="FZ10" s="9"/>
       <c r="GA10" s="9"/>
       <c r="GB10" s="9"/>
       <c r="GC10" s="9"/>
       <c r="GD10" s="9"/>
       <c r="GE10" s="9"/>
       <c r="GF10" s="9"/>
       <c r="GG10" s="9"/>
       <c r="GH10" s="9"/>
     </row>
     <row r="11" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B11" s="6" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C11" s="7">
         <v>45658</v>
       </c>
-      <c r="D11" s="8" t="s">
+      <c r="D11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="E11" s="9"/>
       <c r="F11" s="9"/>
       <c r="G11" s="9"/>
       <c r="H11" s="9"/>
       <c r="I11" s="9"/>
       <c r="J11" s="9"/>
       <c r="K11" s="9"/>
       <c r="L11" s="9"/>
       <c r="M11" s="9"/>
       <c r="N11" s="9"/>
       <c r="O11" s="9"/>
       <c r="P11" s="9"/>
       <c r="Q11" s="9"/>
       <c r="R11" s="9"/>
       <c r="S11" s="9"/>
       <c r="T11" s="9"/>
       <c r="U11" s="9"/>
       <c r="V11" s="9"/>
       <c r="W11" s="9"/>
       <c r="X11" s="9"/>
       <c r="Y11" s="9"/>
       <c r="Z11" s="9"/>
       <c r="AA11" s="9"/>
@@ -2898,59 +2927,59 @@
       <c r="FM11" s="9"/>
       <c r="FN11" s="9"/>
       <c r="FO11" s="9"/>
       <c r="FP11" s="9"/>
       <c r="FQ11" s="9"/>
       <c r="FR11" s="9"/>
       <c r="FS11" s="9"/>
       <c r="FT11" s="9"/>
       <c r="FU11" s="9"/>
       <c r="FV11" s="9"/>
       <c r="FW11" s="9"/>
       <c r="FX11" s="9"/>
       <c r="FY11" s="9"/>
       <c r="FZ11" s="9"/>
       <c r="GA11" s="9"/>
       <c r="GB11" s="9"/>
       <c r="GC11" s="9"/>
       <c r="GD11" s="9"/>
       <c r="GE11" s="9"/>
       <c r="GF11" s="9"/>
       <c r="GG11" s="9"/>
       <c r="GH11" s="9"/>
     </row>
     <row r="12" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A12" s="5" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B12" s="6" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C12" s="7">
         <v>45658</v>
       </c>
-      <c r="D12" s="8" t="s">
+      <c r="D12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
       <c r="K12" s="9"/>
       <c r="L12" s="9"/>
       <c r="M12" s="9"/>
       <c r="N12" s="9"/>
       <c r="O12" s="9"/>
       <c r="P12" s="9"/>
       <c r="Q12" s="9"/>
       <c r="R12" s="9"/>
       <c r="S12" s="9"/>
       <c r="T12" s="9"/>
       <c r="U12" s="9"/>
       <c r="V12" s="9"/>
       <c r="W12" s="9"/>
       <c r="X12" s="9"/>
       <c r="Y12" s="9"/>
       <c r="Z12" s="9"/>
       <c r="AA12" s="9"/>
@@ -3096,61 +3125,61 @@
       <c r="FK12" s="9"/>
       <c r="FL12" s="9"/>
       <c r="FM12" s="9"/>
       <c r="FN12" s="9"/>
       <c r="FO12" s="9"/>
       <c r="FP12" s="9"/>
       <c r="FQ12" s="9"/>
       <c r="FR12" s="9"/>
       <c r="FS12" s="9"/>
       <c r="FT12" s="9"/>
       <c r="FU12" s="9"/>
       <c r="FV12" s="9"/>
       <c r="FW12" s="9"/>
       <c r="FX12" s="9"/>
       <c r="FY12" s="9"/>
       <c r="FZ12" s="9"/>
       <c r="GA12" s="9"/>
       <c r="GB12" s="9"/>
       <c r="GC12" s="9"/>
       <c r="GD12" s="9"/>
       <c r="GE12" s="9"/>
       <c r="GF12" s="9"/>
       <c r="GG12" s="9"/>
       <c r="GH12" s="9"/>
     </row>
-    <row r="13" spans="1:190" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C13" s="15">
+    <row r="13" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+      <c r="A13" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" s="7">
         <v>45658</v>
       </c>
-      <c r="D13" s="13" t="s">
+      <c r="D13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
       <c r="M13" s="9"/>
       <c r="N13" s="9"/>
       <c r="O13" s="9"/>
       <c r="P13" s="9"/>
       <c r="Q13" s="9"/>
       <c r="R13" s="9"/>
       <c r="S13" s="9"/>
       <c r="T13" s="9"/>
       <c r="U13" s="9"/>
       <c r="V13" s="9"/>
       <c r="W13" s="9"/>
       <c r="X13" s="9"/>
       <c r="Y13" s="9"/>
       <c r="Z13" s="9"/>
       <c r="AA13" s="9"/>
@@ -3296,61 +3325,61 @@
       <c r="FK13" s="9"/>
       <c r="FL13" s="9"/>
       <c r="FM13" s="9"/>
       <c r="FN13" s="9"/>
       <c r="FO13" s="9"/>
       <c r="FP13" s="9"/>
       <c r="FQ13" s="9"/>
       <c r="FR13" s="9"/>
       <c r="FS13" s="9"/>
       <c r="FT13" s="9"/>
       <c r="FU13" s="9"/>
       <c r="FV13" s="9"/>
       <c r="FW13" s="9"/>
       <c r="FX13" s="9"/>
       <c r="FY13" s="9"/>
       <c r="FZ13" s="9"/>
       <c r="GA13" s="9"/>
       <c r="GB13" s="9"/>
       <c r="GC13" s="9"/>
       <c r="GD13" s="9"/>
       <c r="GE13" s="9"/>
       <c r="GF13" s="9"/>
       <c r="GG13" s="9"/>
       <c r="GH13" s="9"/>
     </row>
-    <row r="14" spans="1:190" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="D14" s="13" t="s">
+    <row r="14" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+      <c r="A14" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C14" s="7">
+        <v>45658</v>
+      </c>
+      <c r="D14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="E14" s="9"/>
       <c r="F14" s="9"/>
       <c r="G14" s="9"/>
       <c r="H14" s="9"/>
       <c r="I14" s="9"/>
       <c r="J14" s="9"/>
       <c r="K14" s="9"/>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
       <c r="N14" s="9"/>
       <c r="O14" s="9"/>
       <c r="P14" s="9"/>
       <c r="Q14" s="9"/>
       <c r="R14" s="9"/>
       <c r="S14" s="9"/>
       <c r="T14" s="9"/>
       <c r="U14" s="9"/>
       <c r="V14" s="9"/>
       <c r="W14" s="9"/>
       <c r="X14" s="9"/>
       <c r="Y14" s="9"/>
       <c r="Z14" s="9"/>
       <c r="AA14" s="9"/>
@@ -3496,61 +3525,61 @@
       <c r="FK14" s="9"/>
       <c r="FL14" s="9"/>
       <c r="FM14" s="9"/>
       <c r="FN14" s="9"/>
       <c r="FO14" s="9"/>
       <c r="FP14" s="9"/>
       <c r="FQ14" s="9"/>
       <c r="FR14" s="9"/>
       <c r="FS14" s="9"/>
       <c r="FT14" s="9"/>
       <c r="FU14" s="9"/>
       <c r="FV14" s="9"/>
       <c r="FW14" s="9"/>
       <c r="FX14" s="9"/>
       <c r="FY14" s="9"/>
       <c r="FZ14" s="9"/>
       <c r="GA14" s="9"/>
       <c r="GB14" s="9"/>
       <c r="GC14" s="9"/>
       <c r="GD14" s="9"/>
       <c r="GE14" s="9"/>
       <c r="GF14" s="9"/>
       <c r="GG14" s="9"/>
       <c r="GH14" s="9"/>
     </row>
-    <row r="15" spans="1:190" s="10" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:190" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.2">
       <c r="A15" s="13" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B15" s="14" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C15" s="15">
-        <v>45931</v>
-[...1 lines deleted...]
-      <c r="D15" s="13" t="s">
+        <v>45658</v>
+      </c>
+      <c r="D15" s="24" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="9"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
       <c r="L15" s="9"/>
       <c r="M15" s="9"/>
       <c r="N15" s="9"/>
       <c r="O15" s="9"/>
       <c r="P15" s="9"/>
       <c r="Q15" s="9"/>
       <c r="R15" s="9"/>
       <c r="S15" s="9"/>
       <c r="T15" s="9"/>
       <c r="U15" s="9"/>
       <c r="V15" s="9"/>
       <c r="W15" s="9"/>
       <c r="X15" s="9"/>
       <c r="Y15" s="9"/>
       <c r="Z15" s="9"/>
       <c r="AA15" s="9"/>
@@ -3696,61 +3725,61 @@
       <c r="FK15" s="9"/>
       <c r="FL15" s="9"/>
       <c r="FM15" s="9"/>
       <c r="FN15" s="9"/>
       <c r="FO15" s="9"/>
       <c r="FP15" s="9"/>
       <c r="FQ15" s="9"/>
       <c r="FR15" s="9"/>
       <c r="FS15" s="9"/>
       <c r="FT15" s="9"/>
       <c r="FU15" s="9"/>
       <c r="FV15" s="9"/>
       <c r="FW15" s="9"/>
       <c r="FX15" s="9"/>
       <c r="FY15" s="9"/>
       <c r="FZ15" s="9"/>
       <c r="GA15" s="9"/>
       <c r="GB15" s="9"/>
       <c r="GC15" s="9"/>
       <c r="GD15" s="9"/>
       <c r="GE15" s="9"/>
       <c r="GF15" s="9"/>
       <c r="GG15" s="9"/>
       <c r="GH15" s="9"/>
     </row>
-    <row r="16" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="D16" s="13" t="s">
+    <row r="16" spans="1:190" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A16" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="C16" s="15">
+        <v>45931</v>
+      </c>
+      <c r="D16" s="24" t="s">
         <v>28</v>
       </c>
       <c r="E16" s="9"/>
       <c r="F16" s="9"/>
       <c r="G16" s="9"/>
       <c r="H16" s="9"/>
       <c r="I16" s="9"/>
       <c r="J16" s="9"/>
       <c r="K16" s="9"/>
       <c r="L16" s="9"/>
       <c r="M16" s="9"/>
       <c r="N16" s="9"/>
       <c r="O16" s="9"/>
       <c r="P16" s="9"/>
       <c r="Q16" s="9"/>
       <c r="R16" s="9"/>
       <c r="S16" s="9"/>
       <c r="T16" s="9"/>
       <c r="U16" s="9"/>
       <c r="V16" s="9"/>
       <c r="W16" s="9"/>
       <c r="X16" s="9"/>
       <c r="Y16" s="9"/>
       <c r="Z16" s="9"/>
       <c r="AA16" s="9"/>
@@ -3896,61 +3925,61 @@
       <c r="FK16" s="9"/>
       <c r="FL16" s="9"/>
       <c r="FM16" s="9"/>
       <c r="FN16" s="9"/>
       <c r="FO16" s="9"/>
       <c r="FP16" s="9"/>
       <c r="FQ16" s="9"/>
       <c r="FR16" s="9"/>
       <c r="FS16" s="9"/>
       <c r="FT16" s="9"/>
       <c r="FU16" s="9"/>
       <c r="FV16" s="9"/>
       <c r="FW16" s="9"/>
       <c r="FX16" s="9"/>
       <c r="FY16" s="9"/>
       <c r="FZ16" s="9"/>
       <c r="GA16" s="9"/>
       <c r="GB16" s="9"/>
       <c r="GC16" s="9"/>
       <c r="GD16" s="9"/>
       <c r="GE16" s="9"/>
       <c r="GF16" s="9"/>
       <c r="GG16" s="9"/>
       <c r="GH16" s="9"/>
     </row>
-    <row r="17" spans="1:190" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="D17" s="13" t="s">
+    <row r="17" spans="1:190" s="10" customFormat="1" ht="75" x14ac:dyDescent="0.2">
+      <c r="A17" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B17" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C17" s="15">
+        <v>45931</v>
+      </c>
+      <c r="D17" s="24" t="s">
         <v>28</v>
       </c>
       <c r="E17" s="9"/>
       <c r="F17" s="9"/>
       <c r="G17" s="9"/>
       <c r="H17" s="9"/>
       <c r="I17" s="9"/>
       <c r="J17" s="9"/>
       <c r="K17" s="9"/>
       <c r="L17" s="9"/>
       <c r="M17" s="9"/>
       <c r="N17" s="9"/>
       <c r="O17" s="9"/>
       <c r="P17" s="9"/>
       <c r="Q17" s="9"/>
       <c r="R17" s="9"/>
       <c r="S17" s="9"/>
       <c r="T17" s="9"/>
       <c r="U17" s="9"/>
       <c r="V17" s="9"/>
       <c r="W17" s="9"/>
       <c r="X17" s="9"/>
       <c r="Y17" s="9"/>
       <c r="Z17" s="9"/>
       <c r="AA17" s="9"/>
@@ -4098,59 +4127,59 @@
       <c r="FM17" s="9"/>
       <c r="FN17" s="9"/>
       <c r="FO17" s="9"/>
       <c r="FP17" s="9"/>
       <c r="FQ17" s="9"/>
       <c r="FR17" s="9"/>
       <c r="FS17" s="9"/>
       <c r="FT17" s="9"/>
       <c r="FU17" s="9"/>
       <c r="FV17" s="9"/>
       <c r="FW17" s="9"/>
       <c r="FX17" s="9"/>
       <c r="FY17" s="9"/>
       <c r="FZ17" s="9"/>
       <c r="GA17" s="9"/>
       <c r="GB17" s="9"/>
       <c r="GC17" s="9"/>
       <c r="GD17" s="9"/>
       <c r="GE17" s="9"/>
       <c r="GF17" s="9"/>
       <c r="GG17" s="9"/>
       <c r="GH17" s="9"/>
     </row>
     <row r="18" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A18" s="5" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C18" s="7">
         <v>45658</v>
       </c>
-      <c r="D18" s="13" t="s">
+      <c r="D18" s="24" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
       <c r="O18" s="9"/>
       <c r="P18" s="9"/>
       <c r="Q18" s="9"/>
       <c r="R18" s="9"/>
       <c r="S18" s="9"/>
       <c r="T18" s="9"/>
       <c r="U18" s="9"/>
       <c r="V18" s="9"/>
       <c r="W18" s="9"/>
       <c r="X18" s="9"/>
       <c r="Y18" s="9"/>
       <c r="Z18" s="9"/>
       <c r="AA18" s="9"/>
@@ -4296,61 +4325,61 @@
       <c r="FK18" s="9"/>
       <c r="FL18" s="9"/>
       <c r="FM18" s="9"/>
       <c r="FN18" s="9"/>
       <c r="FO18" s="9"/>
       <c r="FP18" s="9"/>
       <c r="FQ18" s="9"/>
       <c r="FR18" s="9"/>
       <c r="FS18" s="9"/>
       <c r="FT18" s="9"/>
       <c r="FU18" s="9"/>
       <c r="FV18" s="9"/>
       <c r="FW18" s="9"/>
       <c r="FX18" s="9"/>
       <c r="FY18" s="9"/>
       <c r="FZ18" s="9"/>
       <c r="GA18" s="9"/>
       <c r="GB18" s="9"/>
       <c r="GC18" s="9"/>
       <c r="GD18" s="9"/>
       <c r="GE18" s="9"/>
       <c r="GF18" s="9"/>
       <c r="GG18" s="9"/>
       <c r="GH18" s="9"/>
     </row>
-    <row r="19" spans="1:190" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:190" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.2">
       <c r="A19" s="5" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C19" s="7">
         <v>45658</v>
       </c>
-      <c r="D19" s="13" t="s">
+      <c r="D19" s="24" t="s">
         <v>28</v>
       </c>
       <c r="E19" s="9"/>
       <c r="F19" s="9"/>
       <c r="G19" s="9"/>
       <c r="H19" s="9"/>
       <c r="I19" s="9"/>
       <c r="J19" s="9"/>
       <c r="K19" s="9"/>
       <c r="L19" s="9"/>
       <c r="M19" s="9"/>
       <c r="N19" s="9"/>
       <c r="O19" s="9"/>
       <c r="P19" s="9"/>
       <c r="Q19" s="9"/>
       <c r="R19" s="9"/>
       <c r="S19" s="9"/>
       <c r="T19" s="9"/>
       <c r="U19" s="9"/>
       <c r="V19" s="9"/>
       <c r="W19" s="9"/>
       <c r="X19" s="9"/>
       <c r="Y19" s="9"/>
       <c r="Z19" s="9"/>
       <c r="AA19" s="9"/>
@@ -4496,61 +4525,61 @@
       <c r="FK19" s="9"/>
       <c r="FL19" s="9"/>
       <c r="FM19" s="9"/>
       <c r="FN19" s="9"/>
       <c r="FO19" s="9"/>
       <c r="FP19" s="9"/>
       <c r="FQ19" s="9"/>
       <c r="FR19" s="9"/>
       <c r="FS19" s="9"/>
       <c r="FT19" s="9"/>
       <c r="FU19" s="9"/>
       <c r="FV19" s="9"/>
       <c r="FW19" s="9"/>
       <c r="FX19" s="9"/>
       <c r="FY19" s="9"/>
       <c r="FZ19" s="9"/>
       <c r="GA19" s="9"/>
       <c r="GB19" s="9"/>
       <c r="GC19" s="9"/>
       <c r="GD19" s="9"/>
       <c r="GE19" s="9"/>
       <c r="GF19" s="9"/>
       <c r="GG19" s="9"/>
       <c r="GH19" s="9"/>
     </row>
-    <row r="20" spans="1:190" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
       <c r="A20" s="5" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="C20" s="7">
         <v>45658</v>
       </c>
-      <c r="D20" s="13" t="s">
+      <c r="D20" s="24" t="s">
         <v>28</v>
       </c>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="9"/>
       <c r="M20" s="9"/>
       <c r="N20" s="9"/>
       <c r="O20" s="9"/>
       <c r="P20" s="9"/>
       <c r="Q20" s="9"/>
       <c r="R20" s="9"/>
       <c r="S20" s="9"/>
       <c r="T20" s="9"/>
       <c r="U20" s="9"/>
       <c r="V20" s="9"/>
       <c r="W20" s="9"/>
       <c r="X20" s="9"/>
       <c r="Y20" s="9"/>
       <c r="Z20" s="9"/>
       <c r="AA20" s="9"/>
@@ -4696,61 +4725,61 @@
       <c r="FK20" s="9"/>
       <c r="FL20" s="9"/>
       <c r="FM20" s="9"/>
       <c r="FN20" s="9"/>
       <c r="FO20" s="9"/>
       <c r="FP20" s="9"/>
       <c r="FQ20" s="9"/>
       <c r="FR20" s="9"/>
       <c r="FS20" s="9"/>
       <c r="FT20" s="9"/>
       <c r="FU20" s="9"/>
       <c r="FV20" s="9"/>
       <c r="FW20" s="9"/>
       <c r="FX20" s="9"/>
       <c r="FY20" s="9"/>
       <c r="FZ20" s="9"/>
       <c r="GA20" s="9"/>
       <c r="GB20" s="9"/>
       <c r="GC20" s="9"/>
       <c r="GD20" s="9"/>
       <c r="GE20" s="9"/>
       <c r="GF20" s="9"/>
       <c r="GG20" s="9"/>
       <c r="GH20" s="9"/>
     </row>
-    <row r="21" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:190" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.2">
       <c r="A21" s="5" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C21" s="7">
         <v>45658</v>
       </c>
-      <c r="D21" s="13" t="s">
+      <c r="D21" s="24" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="9"/>
       <c r="F21" s="9"/>
       <c r="G21" s="9"/>
       <c r="H21" s="9"/>
       <c r="I21" s="9"/>
       <c r="J21" s="9"/>
       <c r="K21" s="9"/>
       <c r="L21" s="9"/>
       <c r="M21" s="9"/>
       <c r="N21" s="9"/>
       <c r="O21" s="9"/>
       <c r="P21" s="9"/>
       <c r="Q21" s="9"/>
       <c r="R21" s="9"/>
       <c r="S21" s="9"/>
       <c r="T21" s="9"/>
       <c r="U21" s="9"/>
       <c r="V21" s="9"/>
       <c r="W21" s="9"/>
       <c r="X21" s="9"/>
       <c r="Y21" s="9"/>
       <c r="Z21" s="9"/>
       <c r="AA21" s="9"/>
@@ -4896,61 +4925,61 @@
       <c r="FK21" s="9"/>
       <c r="FL21" s="9"/>
       <c r="FM21" s="9"/>
       <c r="FN21" s="9"/>
       <c r="FO21" s="9"/>
       <c r="FP21" s="9"/>
       <c r="FQ21" s="9"/>
       <c r="FR21" s="9"/>
       <c r="FS21" s="9"/>
       <c r="FT21" s="9"/>
       <c r="FU21" s="9"/>
       <c r="FV21" s="9"/>
       <c r="FW21" s="9"/>
       <c r="FX21" s="9"/>
       <c r="FY21" s="9"/>
       <c r="FZ21" s="9"/>
       <c r="GA21" s="9"/>
       <c r="GB21" s="9"/>
       <c r="GC21" s="9"/>
       <c r="GD21" s="9"/>
       <c r="GE21" s="9"/>
       <c r="GF21" s="9"/>
       <c r="GG21" s="9"/>
       <c r="GH21" s="9"/>
     </row>
-    <row r="22" spans="1:190" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:190" s="10" customFormat="1" ht="60" x14ac:dyDescent="0.2">
       <c r="A22" s="5" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C22" s="7">
         <v>45658</v>
       </c>
-      <c r="D22" s="13" t="s">
+      <c r="D22" s="24" t="s">
         <v>28</v>
       </c>
       <c r="E22" s="9"/>
       <c r="F22" s="9"/>
       <c r="G22" s="9"/>
       <c r="H22" s="9"/>
       <c r="I22" s="9"/>
       <c r="J22" s="9"/>
       <c r="K22" s="9"/>
       <c r="L22" s="9"/>
       <c r="M22" s="9"/>
       <c r="N22" s="9"/>
       <c r="O22" s="9"/>
       <c r="P22" s="9"/>
       <c r="Q22" s="9"/>
       <c r="R22" s="9"/>
       <c r="S22" s="9"/>
       <c r="T22" s="9"/>
       <c r="U22" s="9"/>
       <c r="V22" s="9"/>
       <c r="W22" s="9"/>
       <c r="X22" s="9"/>
       <c r="Y22" s="9"/>
       <c r="Z22" s="9"/>
       <c r="AA22" s="9"/>
@@ -5096,185 +5125,587 @@
       <c r="FK22" s="9"/>
       <c r="FL22" s="9"/>
       <c r="FM22" s="9"/>
       <c r="FN22" s="9"/>
       <c r="FO22" s="9"/>
       <c r="FP22" s="9"/>
       <c r="FQ22" s="9"/>
       <c r="FR22" s="9"/>
       <c r="FS22" s="9"/>
       <c r="FT22" s="9"/>
       <c r="FU22" s="9"/>
       <c r="FV22" s="9"/>
       <c r="FW22" s="9"/>
       <c r="FX22" s="9"/>
       <c r="FY22" s="9"/>
       <c r="FZ22" s="9"/>
       <c r="GA22" s="9"/>
       <c r="GB22" s="9"/>
       <c r="GC22" s="9"/>
       <c r="GD22" s="9"/>
       <c r="GE22" s="9"/>
       <c r="GF22" s="9"/>
       <c r="GG22" s="9"/>
       <c r="GH22" s="9"/>
     </row>
-    <row r="23" spans="1:190" ht="30" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>33</v>
+    <row r="23" spans="1:190" s="10" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+      <c r="A23" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>14</v>
       </c>
       <c r="C23" s="7">
         <v>45658</v>
       </c>
-      <c r="D23" s="13" t="s">
+      <c r="D23" s="24" t="s">
         <v>28</v>
       </c>
+      <c r="E23" s="9"/>
+      <c r="F23" s="9"/>
+      <c r="G23" s="9"/>
+      <c r="H23" s="9"/>
+      <c r="I23" s="9"/>
+      <c r="J23" s="9"/>
+      <c r="K23" s="9"/>
+      <c r="L23" s="9"/>
+      <c r="M23" s="9"/>
+      <c r="N23" s="9"/>
+      <c r="O23" s="9"/>
+      <c r="P23" s="9"/>
+      <c r="Q23" s="9"/>
+      <c r="R23" s="9"/>
+      <c r="S23" s="9"/>
+      <c r="T23" s="9"/>
+      <c r="U23" s="9"/>
+      <c r="V23" s="9"/>
+      <c r="W23" s="9"/>
+      <c r="X23" s="9"/>
+      <c r="Y23" s="9"/>
+      <c r="Z23" s="9"/>
+      <c r="AA23" s="9"/>
+      <c r="AB23" s="9"/>
+      <c r="AC23" s="9"/>
+      <c r="AD23" s="9"/>
+      <c r="AE23" s="9"/>
+      <c r="AF23" s="9"/>
+      <c r="AG23" s="9"/>
+      <c r="AH23" s="9"/>
+      <c r="AI23" s="9"/>
+      <c r="AJ23" s="9"/>
+      <c r="AK23" s="9"/>
+      <c r="AL23" s="9"/>
+      <c r="AM23" s="9"/>
+      <c r="AN23" s="9"/>
+      <c r="AO23" s="9"/>
+      <c r="AP23" s="9"/>
+      <c r="AQ23" s="9"/>
+      <c r="AR23" s="9"/>
+      <c r="AS23" s="9"/>
+      <c r="AT23" s="9"/>
+      <c r="AU23" s="9"/>
+      <c r="AV23" s="9"/>
+      <c r="AW23" s="9"/>
+      <c r="AX23" s="9"/>
+      <c r="AY23" s="9"/>
+      <c r="AZ23" s="9"/>
+      <c r="BA23" s="9"/>
+      <c r="BB23" s="9"/>
+      <c r="BC23" s="9"/>
+      <c r="BD23" s="9"/>
+      <c r="BE23" s="9"/>
+      <c r="BF23" s="9"/>
+      <c r="BG23" s="9"/>
+      <c r="BH23" s="9"/>
+      <c r="BI23" s="9"/>
+      <c r="BJ23" s="9"/>
+      <c r="BK23" s="9"/>
+      <c r="BL23" s="9"/>
+      <c r="BM23" s="9"/>
+      <c r="BN23" s="9"/>
+      <c r="BO23" s="9"/>
+      <c r="BP23" s="9"/>
+      <c r="BQ23" s="9"/>
+      <c r="BR23" s="9"/>
+      <c r="BS23" s="9"/>
+      <c r="BT23" s="9"/>
+      <c r="BU23" s="9"/>
+      <c r="BV23" s="9"/>
+      <c r="BW23" s="9"/>
+      <c r="BX23" s="9"/>
+      <c r="BY23" s="9"/>
+      <c r="BZ23" s="9"/>
+      <c r="CA23" s="9"/>
+      <c r="CB23" s="9"/>
+      <c r="CC23" s="9"/>
+      <c r="CD23" s="9"/>
+      <c r="CE23" s="9"/>
+      <c r="CF23" s="9"/>
+      <c r="CG23" s="9"/>
+      <c r="CH23" s="9"/>
+      <c r="CI23" s="9"/>
+      <c r="CJ23" s="9"/>
+      <c r="CK23" s="9"/>
+      <c r="CL23" s="9"/>
+      <c r="CM23" s="9"/>
+      <c r="CN23" s="9"/>
+      <c r="CO23" s="9"/>
+      <c r="CP23" s="9"/>
+      <c r="CQ23" s="9"/>
+      <c r="CR23" s="9"/>
+      <c r="CS23" s="9"/>
+      <c r="CT23" s="9"/>
+      <c r="CU23" s="9"/>
+      <c r="CV23" s="9"/>
+      <c r="CW23" s="9"/>
+      <c r="CX23" s="9"/>
+      <c r="CY23" s="9"/>
+      <c r="CZ23" s="9"/>
+      <c r="DA23" s="9"/>
+      <c r="DB23" s="9"/>
+      <c r="DC23" s="9"/>
+      <c r="DD23" s="9"/>
+      <c r="DE23" s="9"/>
+      <c r="DF23" s="9"/>
+      <c r="DG23" s="9"/>
+      <c r="DH23" s="9"/>
+      <c r="DI23" s="9"/>
+      <c r="DJ23" s="9"/>
+      <c r="DK23" s="9"/>
+      <c r="DL23" s="9"/>
+      <c r="DM23" s="9"/>
+      <c r="DN23" s="9"/>
+      <c r="DO23" s="9"/>
+      <c r="DP23" s="9"/>
+      <c r="DQ23" s="9"/>
+      <c r="DR23" s="9"/>
+      <c r="DS23" s="9"/>
+      <c r="DT23" s="9"/>
+      <c r="DU23" s="9"/>
+      <c r="DV23" s="9"/>
+      <c r="DW23" s="9"/>
+      <c r="DX23" s="9"/>
+      <c r="DY23" s="9"/>
+      <c r="DZ23" s="9"/>
+      <c r="EA23" s="9"/>
+      <c r="EB23" s="9"/>
+      <c r="EC23" s="9"/>
+      <c r="ED23" s="9"/>
+      <c r="EE23" s="9"/>
+      <c r="EF23" s="9"/>
+      <c r="EG23" s="9"/>
+      <c r="EH23" s="9"/>
+      <c r="EI23" s="9"/>
+      <c r="EJ23" s="9"/>
+      <c r="EK23" s="9"/>
+      <c r="EL23" s="9"/>
+      <c r="EM23" s="9"/>
+      <c r="EN23" s="9"/>
+      <c r="EO23" s="9"/>
+      <c r="EP23" s="9"/>
+      <c r="EQ23" s="9"/>
+      <c r="ER23" s="9"/>
+      <c r="ES23" s="9"/>
+      <c r="ET23" s="9"/>
+      <c r="EU23" s="9"/>
+      <c r="EV23" s="9"/>
+      <c r="EW23" s="9"/>
+      <c r="EX23" s="9"/>
+      <c r="EY23" s="9"/>
+      <c r="EZ23" s="9"/>
+      <c r="FA23" s="9"/>
+      <c r="FB23" s="9"/>
+      <c r="FC23" s="9"/>
+      <c r="FD23" s="9"/>
+      <c r="FE23" s="9"/>
+      <c r="FF23" s="9"/>
+      <c r="FG23" s="9"/>
+      <c r="FH23" s="9"/>
+      <c r="FI23" s="9"/>
+      <c r="FJ23" s="9"/>
+      <c r="FK23" s="9"/>
+      <c r="FL23" s="9"/>
+      <c r="FM23" s="9"/>
+      <c r="FN23" s="9"/>
+      <c r="FO23" s="9"/>
+      <c r="FP23" s="9"/>
+      <c r="FQ23" s="9"/>
+      <c r="FR23" s="9"/>
+      <c r="FS23" s="9"/>
+      <c r="FT23" s="9"/>
+      <c r="FU23" s="9"/>
+      <c r="FV23" s="9"/>
+      <c r="FW23" s="9"/>
+      <c r="FX23" s="9"/>
+      <c r="FY23" s="9"/>
+      <c r="FZ23" s="9"/>
+      <c r="GA23" s="9"/>
+      <c r="GB23" s="9"/>
+      <c r="GC23" s="9"/>
+      <c r="GD23" s="9"/>
+      <c r="GE23" s="9"/>
+      <c r="GF23" s="9"/>
+      <c r="GG23" s="9"/>
+      <c r="GH23" s="9"/>
     </row>
-    <row r="24" spans="1:190" ht="45" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>43</v>
+    <row r="24" spans="1:190" s="10" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>15</v>
       </c>
       <c r="C24" s="7">
         <v>45658</v>
       </c>
-      <c r="D24" s="8" t="s">
+      <c r="D24" s="24" t="s">
         <v>28</v>
       </c>
+      <c r="E24" s="9"/>
+      <c r="F24" s="9"/>
+      <c r="G24" s="9"/>
+      <c r="H24" s="9"/>
+      <c r="I24" s="9"/>
+      <c r="J24" s="9"/>
+      <c r="K24" s="9"/>
+      <c r="L24" s="9"/>
+      <c r="M24" s="9"/>
+      <c r="N24" s="9"/>
+      <c r="O24" s="9"/>
+      <c r="P24" s="9"/>
+      <c r="Q24" s="9"/>
+      <c r="R24" s="9"/>
+      <c r="S24" s="9"/>
+      <c r="T24" s="9"/>
+      <c r="U24" s="9"/>
+      <c r="V24" s="9"/>
+      <c r="W24" s="9"/>
+      <c r="X24" s="9"/>
+      <c r="Y24" s="9"/>
+      <c r="Z24" s="9"/>
+      <c r="AA24" s="9"/>
+      <c r="AB24" s="9"/>
+      <c r="AC24" s="9"/>
+      <c r="AD24" s="9"/>
+      <c r="AE24" s="9"/>
+      <c r="AF24" s="9"/>
+      <c r="AG24" s="9"/>
+      <c r="AH24" s="9"/>
+      <c r="AI24" s="9"/>
+      <c r="AJ24" s="9"/>
+      <c r="AK24" s="9"/>
+      <c r="AL24" s="9"/>
+      <c r="AM24" s="9"/>
+      <c r="AN24" s="9"/>
+      <c r="AO24" s="9"/>
+      <c r="AP24" s="9"/>
+      <c r="AQ24" s="9"/>
+      <c r="AR24" s="9"/>
+      <c r="AS24" s="9"/>
+      <c r="AT24" s="9"/>
+      <c r="AU24" s="9"/>
+      <c r="AV24" s="9"/>
+      <c r="AW24" s="9"/>
+      <c r="AX24" s="9"/>
+      <c r="AY24" s="9"/>
+      <c r="AZ24" s="9"/>
+      <c r="BA24" s="9"/>
+      <c r="BB24" s="9"/>
+      <c r="BC24" s="9"/>
+      <c r="BD24" s="9"/>
+      <c r="BE24" s="9"/>
+      <c r="BF24" s="9"/>
+      <c r="BG24" s="9"/>
+      <c r="BH24" s="9"/>
+      <c r="BI24" s="9"/>
+      <c r="BJ24" s="9"/>
+      <c r="BK24" s="9"/>
+      <c r="BL24" s="9"/>
+      <c r="BM24" s="9"/>
+      <c r="BN24" s="9"/>
+      <c r="BO24" s="9"/>
+      <c r="BP24" s="9"/>
+      <c r="BQ24" s="9"/>
+      <c r="BR24" s="9"/>
+      <c r="BS24" s="9"/>
+      <c r="BT24" s="9"/>
+      <c r="BU24" s="9"/>
+      <c r="BV24" s="9"/>
+      <c r="BW24" s="9"/>
+      <c r="BX24" s="9"/>
+      <c r="BY24" s="9"/>
+      <c r="BZ24" s="9"/>
+      <c r="CA24" s="9"/>
+      <c r="CB24" s="9"/>
+      <c r="CC24" s="9"/>
+      <c r="CD24" s="9"/>
+      <c r="CE24" s="9"/>
+      <c r="CF24" s="9"/>
+      <c r="CG24" s="9"/>
+      <c r="CH24" s="9"/>
+      <c r="CI24" s="9"/>
+      <c r="CJ24" s="9"/>
+      <c r="CK24" s="9"/>
+      <c r="CL24" s="9"/>
+      <c r="CM24" s="9"/>
+      <c r="CN24" s="9"/>
+      <c r="CO24" s="9"/>
+      <c r="CP24" s="9"/>
+      <c r="CQ24" s="9"/>
+      <c r="CR24" s="9"/>
+      <c r="CS24" s="9"/>
+      <c r="CT24" s="9"/>
+      <c r="CU24" s="9"/>
+      <c r="CV24" s="9"/>
+      <c r="CW24" s="9"/>
+      <c r="CX24" s="9"/>
+      <c r="CY24" s="9"/>
+      <c r="CZ24" s="9"/>
+      <c r="DA24" s="9"/>
+      <c r="DB24" s="9"/>
+      <c r="DC24" s="9"/>
+      <c r="DD24" s="9"/>
+      <c r="DE24" s="9"/>
+      <c r="DF24" s="9"/>
+      <c r="DG24" s="9"/>
+      <c r="DH24" s="9"/>
+      <c r="DI24" s="9"/>
+      <c r="DJ24" s="9"/>
+      <c r="DK24" s="9"/>
+      <c r="DL24" s="9"/>
+      <c r="DM24" s="9"/>
+      <c r="DN24" s="9"/>
+      <c r="DO24" s="9"/>
+      <c r="DP24" s="9"/>
+      <c r="DQ24" s="9"/>
+      <c r="DR24" s="9"/>
+      <c r="DS24" s="9"/>
+      <c r="DT24" s="9"/>
+      <c r="DU24" s="9"/>
+      <c r="DV24" s="9"/>
+      <c r="DW24" s="9"/>
+      <c r="DX24" s="9"/>
+      <c r="DY24" s="9"/>
+      <c r="DZ24" s="9"/>
+      <c r="EA24" s="9"/>
+      <c r="EB24" s="9"/>
+      <c r="EC24" s="9"/>
+      <c r="ED24" s="9"/>
+      <c r="EE24" s="9"/>
+      <c r="EF24" s="9"/>
+      <c r="EG24" s="9"/>
+      <c r="EH24" s="9"/>
+      <c r="EI24" s="9"/>
+      <c r="EJ24" s="9"/>
+      <c r="EK24" s="9"/>
+      <c r="EL24" s="9"/>
+      <c r="EM24" s="9"/>
+      <c r="EN24" s="9"/>
+      <c r="EO24" s="9"/>
+      <c r="EP24" s="9"/>
+      <c r="EQ24" s="9"/>
+      <c r="ER24" s="9"/>
+      <c r="ES24" s="9"/>
+      <c r="ET24" s="9"/>
+      <c r="EU24" s="9"/>
+      <c r="EV24" s="9"/>
+      <c r="EW24" s="9"/>
+      <c r="EX24" s="9"/>
+      <c r="EY24" s="9"/>
+      <c r="EZ24" s="9"/>
+      <c r="FA24" s="9"/>
+      <c r="FB24" s="9"/>
+      <c r="FC24" s="9"/>
+      <c r="FD24" s="9"/>
+      <c r="FE24" s="9"/>
+      <c r="FF24" s="9"/>
+      <c r="FG24" s="9"/>
+      <c r="FH24" s="9"/>
+      <c r="FI24" s="9"/>
+      <c r="FJ24" s="9"/>
+      <c r="FK24" s="9"/>
+      <c r="FL24" s="9"/>
+      <c r="FM24" s="9"/>
+      <c r="FN24" s="9"/>
+      <c r="FO24" s="9"/>
+      <c r="FP24" s="9"/>
+      <c r="FQ24" s="9"/>
+      <c r="FR24" s="9"/>
+      <c r="FS24" s="9"/>
+      <c r="FT24" s="9"/>
+      <c r="FU24" s="9"/>
+      <c r="FV24" s="9"/>
+      <c r="FW24" s="9"/>
+      <c r="FX24" s="9"/>
+      <c r="FY24" s="9"/>
+      <c r="FZ24" s="9"/>
+      <c r="GA24" s="9"/>
+      <c r="GB24" s="9"/>
+      <c r="GC24" s="9"/>
+      <c r="GD24" s="9"/>
+      <c r="GE24" s="9"/>
+      <c r="GF24" s="9"/>
+      <c r="GG24" s="9"/>
+      <c r="GH24" s="9"/>
     </row>
-    <row r="25" spans="1:190" ht="105" x14ac:dyDescent="0.2">
-      <c r="A25" s="19" t="s">
+    <row r="25" spans="1:190" ht="30" x14ac:dyDescent="0.2">
+      <c r="A25" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="B25" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C25" s="7">
+        <v>45658</v>
+      </c>
+      <c r="D25" s="24" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="26" spans="1:190" ht="45" x14ac:dyDescent="0.2">
+      <c r="A26" s="16" t="s">
+        <v>42</v>
+      </c>
+      <c r="B26" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="C26" s="7">
+        <v>45658</v>
+      </c>
+      <c r="D26" s="23" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="27" spans="1:190" ht="105" x14ac:dyDescent="0.2">
+      <c r="A27" s="19" t="s">
         <v>44</v>
       </c>
-      <c r="B25" s="20" t="s">
+      <c r="B27" s="20" t="s">
         <v>45</v>
-      </c>
-[...26 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C27" s="15">
         <v>45658</v>
       </c>
-      <c r="D27" s="21" t="s">
+      <c r="D27" s="25" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="28" spans="1:190" ht="120" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:190" ht="105" x14ac:dyDescent="0.2">
       <c r="A28" s="19" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B28" s="20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C28" s="15">
         <v>45658</v>
       </c>
-      <c r="D28" s="21" t="s">
+      <c r="D28" s="25" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="29" spans="1:190" ht="105" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:190" ht="120" x14ac:dyDescent="0.2">
       <c r="A29" s="19" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B29" s="20" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C29" s="15">
         <v>45658</v>
       </c>
-      <c r="D29" s="21" t="s">
+      <c r="D29" s="25" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="30" spans="1:190" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="D30" s="21"/>
+    <row r="30" spans="1:190" ht="120" x14ac:dyDescent="0.2">
+      <c r="A30" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B30" s="20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C30" s="15">
+        <v>45658</v>
+      </c>
+      <c r="D30" s="25" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="31" spans="1:190" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="D31" s="21"/>
+    <row r="31" spans="1:190" ht="105" x14ac:dyDescent="0.2">
+      <c r="A31" s="19" t="s">
+        <v>52</v>
+      </c>
+      <c r="B31" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="C31" s="15">
+        <v>45658</v>
+      </c>
+      <c r="D31" s="25" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="32" spans="1:190" ht="120" x14ac:dyDescent="0.2">
+      <c r="A32" s="19" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" s="20" t="s">
+        <v>65</v>
+      </c>
+      <c r="C32" s="15">
+        <v>46023</v>
+      </c>
+      <c r="D32" s="25" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A33" s="19"/>
+      <c r="B33" s="20"/>
+      <c r="C33" s="20"/>
+      <c r="D33" s="21"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010069B6333D69391A4E99490FA9D001EFF2" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="22b4f09d78445206be5114e9b5a92847">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6834f8c0c0eabdc6c42b2f987c760c09">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -5344,86 +5775,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAE0A2F5-186D-4E50-AF65-964061221F8F}">
-[...13 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF88C4DA-80C6-4694-8966-5EA89509777C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAE0A2F5-186D-4E50-AF65-964061221F8F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E32741A0-062B-4116-B411-7BF505B82AB8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>