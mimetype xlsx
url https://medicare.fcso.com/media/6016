--- v1 (2026-01-12)
+++ v2 (2026-02-01)
@@ -6,83 +6,83 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\CORPDATA01\MEDICAL AFFAIRS\Donna and Jackie\RELEASE FILES_DO NOT DELETE\12 31 2025 JN Avoid rej claims\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\CORPDATA01\MEDICAL AFFAIRS\Donna and Jackie\DO NOT DELETE\RELEASE FILES_DO NOT DELETE\01 21 2026 JN Pricing\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{49FC798C-B618-4668-8372-DFC66DF18EB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7346AFB7-D04B-42FD-A2CD-EBB5504A0831}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{DAB51784-CCDC-4EF3-9FB3-168789653524}"/>
+    <workbookView xWindow="29670" yWindow="2355" windowWidth="21600" windowHeight="11385" xr2:uid="{DAB51784-CCDC-4EF3-9FB3-168789653524}"/>
   </bookViews>
   <sheets>
     <sheet name="ASC devices" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ASC devices'!$A$1:$GH$24</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ASC devices'!$A$1:$GK$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="70">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>C1052</t>
   </si>
   <si>
     <t>C1062</t>
   </si>
   <si>
     <t>C1747</t>
   </si>
   <si>
     <t>C1825</t>
   </si>
   <si>
     <t xml:space="preserve"> Generator, neurostimulator (implantable), nonrechargeable with carotid sinus baroreceptor stimulation lead(s)</t>
   </si>
   <si>
     <t>C1826</t>
   </si>
   <si>
@@ -118,68 +118,53 @@
   <si>
     <t>C1600</t>
   </si>
   <si>
     <t>Catheter, transluminal intravascular lesion preparation device, bladed, sheathed (insertable)</t>
   </si>
   <si>
     <t>C1601</t>
   </si>
   <si>
     <t>C1602</t>
   </si>
   <si>
     <t>Orthopedic/device/drug matrix/absorbable bone void filler, antimicrobial-eluting (implantable)</t>
   </si>
   <si>
     <t>C1603</t>
   </si>
   <si>
     <t>Retrieval device, insertable, laser (used to retrieve intravascular inferior vena cava filter)</t>
   </si>
   <si>
     <t>C1606</t>
   </si>
   <si>
-    <t>Effective "from" date of service</t>
-[...4 lines deleted...]
-  <si>
     <t>Present</t>
   </si>
   <si>
-    <t>Adapter, single-use (i.e., disposable), for attachming ultraousnd system to uper gastrointestinal endoscope</t>
-[...7 lines deleted...]
-  <si>
     <t>C8000</t>
   </si>
   <si>
     <t>Support device, extravascular, for arteriovenous fistula (implantable)</t>
   </si>
   <si>
     <t>C1735</t>
   </si>
   <si>
     <t>Catheter(s), intravascular for renal denervation, radiofrequency, including all single use system components</t>
   </si>
   <si>
     <t>C1736</t>
   </si>
   <si>
     <t>Catheter(s) intravascular for renal denervation, ultrasound, including all single use system components</t>
   </si>
   <si>
     <t>C1737</t>
   </si>
   <si>
     <t>Joint fusion and fixation device(s), sacroiliac and pelvis, including all system components (implantable)</t>
   </si>
   <si>
     <t>C1738</t>
@@ -223,213 +208,246 @@
   <si>
     <t>Cryoablation needle (e.g., iovera system), including needle/tip and all disposable system components, nonopioid medical device (must be a qualifying Medicare nonopioid medical device for postsurgical pain relief in accordance with Section 4135 of the CAA, 2023)</t>
   </si>
   <si>
     <t>C1739</t>
   </si>
   <si>
     <t>Tissue marker, probe detectable any method (implantable), with delivery system</t>
   </si>
   <si>
     <t>C1741</t>
   </si>
   <si>
     <t>Anchor/screw for bone fixation, absorbable (implantable)</t>
   </si>
   <si>
     <t>C1742</t>
   </si>
   <si>
     <t>Pressure monitoring system, compartmental intramuscular (implantable), continuous, including all components (e.g., introducer, sensor), excludes mobile (wireless) software application</t>
   </si>
   <si>
     <t>C1607</t>
   </si>
   <si>
+    <t>C1608</t>
+  </si>
+  <si>
     <t>Neurostimulator, integrated (implantable), rechargeable with all implantable and external components including charging system</t>
   </si>
   <si>
-    <t>C1608</t>
-[...1 lines deleted...]
-  <si>
     <t>Prosthesis, total, dual mobility, first carpometacarpal joint (implantable)</t>
   </si>
   <si>
     <t>C9810</t>
   </si>
   <si>
-    <t>Water circulating motorized cold therapy device (e.g., iceman) including all system components (e.g. pads, console, disposable parts), non-opioid medical device (must be a qualifying medicare non-opioid medical device for post-surgical pain relief in accordance with section 4135 of the caa, 2023)</t>
+    <t>C1740</t>
+  </si>
+  <si>
+    <t>C1604</t>
+  </si>
+  <si>
+    <t>Graft, transmural transvenous arterial bypass (implantable), with all delivery system components</t>
+  </si>
+  <si>
+    <t>Leadless electrode, transmitter, battery (all implantable), for sequential left ventricular pacing</t>
+  </si>
+  <si>
+    <t>Effective from 
+date of service</t>
+  </si>
+  <si>
+    <t>Effective through date of service</t>
+  </si>
+  <si>
+    <t>Endoscope, single use (i.e., disposable), pulmonary, imaging/illumination device (insertable)</t>
+  </si>
+  <si>
+    <t>Adapter, single use (i.e., disposable), for attaching ultrasound system to upper gastrointestinal endoscope</t>
+  </si>
+  <si>
+    <t>Endoscope, single use (i.e., disposable), urinary tract, imaging/illumination device (insertable)</t>
+  </si>
+  <si>
+    <t>Water circulating motorized cold therapy device (e.g., iceman) including all system components (e.g. pads, console, disposable parts), non-opioid medical device (must be a qualifying Medicare non-opioid medical device for post-surgical pain relief in accordance with section 4135 of the caa, 2023)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri Light"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
       <b/>
-      <sz val="12"/>
+      <sz val="10"/>
       <color theme="1"/>
-      <name val="Arial"/>
+      <name val="Calibri Light"/>
+      <family val="2"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <sz val="11"/>
+      <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-      <name val="Arial"/>
+      <sz val="11"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...20 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -709,4985 +727,555 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{421DC909-81AC-4EC6-B3DB-5D6AEEE6042A}">
-  <dimension ref="A1:GH33"/>
+  <dimension ref="A1:G35"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10" style="16" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="191" max="16384" width="9.140625" style="18"/>
+    <col min="1" max="1" width="10" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="46" style="2" customWidth="1"/>
+    <col min="3" max="3" width="18.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="17.28515625" style="17" customWidth="1"/>
+    <col min="5" max="7" width="9.140625" style="17"/>
+    <col min="8" max="16384" width="9.140625" style="21"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:190" s="4" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:7" s="19" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D1" s="2" t="s">
+      <c r="C1" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E1" s="18"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" s="13">
+        <v>45658</v>
+      </c>
+      <c r="D2" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A3" s="20" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" s="13">
+        <v>45658</v>
+      </c>
+      <c r="D3" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" s="13">
+        <v>45658</v>
+      </c>
+      <c r="D4" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A5" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" s="13">
+        <v>45658</v>
+      </c>
+      <c r="D5" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A6" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="C6" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D6" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A7" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D7" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A8" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" s="16" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" s="14">
+        <v>46023</v>
+      </c>
+      <c r="D8" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" s="16" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D9" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" s="14">
+        <v>46023</v>
+      </c>
+      <c r="D10" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" s="14">
+        <v>46023</v>
+      </c>
+      <c r="D11" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A12" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D12" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D13" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="16" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D14" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A15" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="16" t="s">
+        <v>36</v>
+      </c>
+      <c r="C15" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D15" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+      <c r="A16" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" s="10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" s="11">
+        <v>45658</v>
+      </c>
+      <c r="D16" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" s="11">
+        <v>46023</v>
+      </c>
+      <c r="D17" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A18" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" s="11">
+        <v>45931</v>
+      </c>
+      <c r="D18" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" s="11">
+        <v>45931</v>
+      </c>
+      <c r="D19" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="20" t="s">
+        <v>4</v>
+      </c>
+      <c r="B20" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="C20" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D20" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A21" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D21" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="B22" s="16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C22" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D22" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+      <c r="A23" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="B23" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C23" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D23" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+      <c r="A24" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D24" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D25" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="B26" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="C26" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="E1" s="3"/>
-[...196 lines deleted...]
-      <c r="D2" s="8" t="s">
+      <c r="B27" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="E2" s="9"/>
-[...1393 lines deleted...]
-      <c r="C9" s="7">
+      <c r="C27" s="14">
+        <v>45658</v>
+      </c>
+      <c r="D27" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C28" s="13">
+        <v>45658</v>
+      </c>
+      <c r="D28" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A29" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" s="24" t="s">
+        <v>40</v>
+      </c>
+      <c r="C29" s="8">
+        <v>45658</v>
+      </c>
+      <c r="D29" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A30" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B30" s="24" t="s">
+        <v>42</v>
+      </c>
+      <c r="C30" s="8">
+        <v>45658</v>
+      </c>
+      <c r="D30" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="105" x14ac:dyDescent="0.25">
+      <c r="A31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B31" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="C31" s="8">
+        <v>45658</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="105" x14ac:dyDescent="0.25">
+      <c r="A32" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B32" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="C32" s="8">
+        <v>45658</v>
+      </c>
+      <c r="D32" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A33" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B33" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C33" s="8">
+        <v>45658</v>
+      </c>
+      <c r="D33" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="101.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B34" s="24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C34" s="8">
         <v>46023</v>
       </c>
-      <c r="D9" s="23" t="s">
-[...3305 lines deleted...]
-      <c r="D33" s="21"/>
+      <c r="D34" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="6"/>
+      <c r="B35" s="7"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="12"/>
     </row>
   </sheetData>
+  <autoFilter ref="A1:GK26" xr:uid="{421DC909-81AC-4EC6-B3DB-5D6AEEE6042A}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:GK26">
+      <sortCondition ref="A1:A26"/>
+    </sortState>
+  </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010069B6333D69391A4E99490FA9D001EFF2" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="22b4f09d78445206be5114e9b5a92847">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6834f8c0c0eabdc6c42b2f987c760c09">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
@@ -5776,99 +1364,99 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF88C4DA-80C6-4694-8966-5EA89509777C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E32741A0-062B-4116-B411-7BF505B82AB8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAE0A2F5-186D-4E50-AF65-964061221F8F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ASC devices</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>